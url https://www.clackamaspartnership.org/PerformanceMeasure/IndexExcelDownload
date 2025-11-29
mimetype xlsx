--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -1,125 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0918826a34be406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c0abbeb908904ad2adc58cb78ce28946.psmdcp" Id="Re77b8081121742e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb8e2adfcaef45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c2f348effa6460f80f73c222b3404ef.psmdcp" Id="Raff78df2f61b4eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>
     <x:t>Subcategory</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Options</x:t>
   </x:si>
   <x:si>
     <x:t>Options</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Biennium Status </x:t>
   </x:si>
   <x:si>
     <x:t>Each Unit (number)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Select the Biennium Relevant for your project </x:t>
   </x:si>
   <x:si>
+    <x:t>Implemented Biennium 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Implemented Biennium 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>Implemented Biennium 3</x:t>
   </x:si>
   <x:si>
-    <x:t>Implemented Biennium 1</x:t>
-[...2 lines deleted...]
-    <x:t>Implemented Biennium 2</x:t>
+    <x:t xml:space="preserve">Proposed Biennium 2 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Proposed Biennium 3 </x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Proposed Biennium 2 </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">Has the project been implemented? </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">No </x:t>
   </x:si>
   <x:si>
     <x:t>Yes</x:t>
   </x:si>
   <x:si>
     <x:t>Large Wood Placement</x:t>
   </x:si>
   <x:si>
     <x:t>Linear Foot (lf)</x:t>
   </x:si>
   <x:si>
     <x:t>Placement Density</x:t>
   </x:si>
   <x:si>
+    <x:t>&gt; 25 yrd^3/1000 ft</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15 - 25 yrd^3/1000 ft</x:t>
+  </x:si>
+  <x:si>
     <x:t>5 - 15 yrd^3/1000 ft</x:t>
   </x:si>
   <x:si>
-    <x:t>&gt; 25 yrd^3/1000 ft</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Placement Location</x:t>
   </x:si>
   <x:si>
     <x:t>Floodplain</x:t>
   </x:si>
   <x:si>
     <x:t>In Channel</x:t>
   </x:si>
   <x:si>
     <x:t>Off-Channel Wetland Area Increase</x:t>
   </x:si>
   <x:si>
     <x:t>Square Foot (sq ft)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Inundation frequency </x:t>
   </x:si>
   <x:si>
     <x:t>Equal or more frequent than annual event</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Less frequent than annual to 2-year event </x:t>
   </x:si>
   <x:si>
     <x:t>Riparian / Floodplain Habitat Protected</x:t>
@@ -130,150 +130,150 @@
   <x:si>
     <x:t>Type of Protection</x:t>
   </x:si>
   <x:si>
     <x:t>Conservation easement</x:t>
   </x:si>
   <x:si>
     <x:t>Fee simple purchase</x:t>
   </x:si>
   <x:si>
     <x:t>Other protection mechanism (describe)</x:t>
   </x:si>
   <x:si>
     <x:t>Side of stream / river</x:t>
   </x:si>
   <x:si>
     <x:t>Both sides</x:t>
   </x:si>
   <x:si>
     <x:t>One side</x:t>
   </x:si>
   <x:si>
     <x:t>Riparian / Floodplain Invasive Species Removal Area</x:t>
   </x:si>
   <x:si>
+    <x:t>Both sides of stream</x:t>
+  </x:si>
+  <x:si>
     <x:t>One side of stream</x:t>
   </x:si>
   <x:si>
-    <x:t>Both sides of stream</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Riparian / Floodplain Invasive Species Removal Length</x:t>
   </x:si>
   <x:si>
     <x:t>Riparian / Floodplain Native Planting Area</x:t>
   </x:si>
   <x:si>
     <x:t>Two sides</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Riparian / Floodplain Native Planting Channel Length </x:t>
   </x:si>
   <x:si>
     <x:t>Width of planting area (meters from bank)</x:t>
   </x:si>
   <x:si>
     <x:t>0 - 10 meters</x:t>
   </x:si>
   <x:si>
+    <x:t>11 - 20 meters</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20 - 30 meters</x:t>
+  </x:si>
+  <x:si>
     <x:t>greater than 30 meters</x:t>
   </x:si>
   <x:si>
-    <x:t>20 - 30 meters</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Roads Decommissioned or BMPs Applied to Reduce Sedimentation and Improve Hydrology</x:t>
   </x:si>
   <x:si>
     <x:t>Mile (miles)</x:t>
   </x:si>
   <x:si>
     <x:t>Default</x:t>
   </x:si>
   <x:si>
     <x:t>BMPs applied</x:t>
   </x:si>
   <x:si>
     <x:t>Roads decommissioned</x:t>
   </x:si>
   <x:si>
     <x:t>Side Channel Habitat Increase</x:t>
   </x:si>
   <x:si>
     <x:t>Inundation frequency</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Equal or more frequent than annual </x:t>
   </x:si>
   <x:si>
     <x:t>Less frequent than annual to 2-year</x:t>
   </x:si>
   <x:si>
     <x:t>Stormwater BMPs Implemented</x:t>
   </x:si>
   <x:si>
     <x:t>Type of BMP</x:t>
   </x:si>
   <x:si>
+    <x:t>Disconnecting roof drains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Green infrastructure for water quality treatment</x:t>
+  </x:si>
+  <x:si>
     <x:t>New detention basin</x:t>
   </x:si>
   <x:si>
-    <x:t>Disconnecting roof drains</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Restoring areas with impervious surfaces</x:t>
   </x:si>
   <x:si>
     <x:t>Retrofit of existing facility</x:t>
   </x:si>
   <x:si>
-    <x:t>Green infrastructure for water quality treatment</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stream Habitat Accessible</x:t>
   </x:si>
   <x:si>
+    <x:t>Bull trout habitat accessible</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coho habitat accessible</x:t>
   </x:si>
   <x:si>
+    <x:t>Fall Chinook habitat accessible</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pacific lamprey habitat accessible</x:t>
+  </x:si>
+  <x:si>
     <x:t>Spring Chinook habitat accessible</x:t>
   </x:si>
   <x:si>
     <x:t>Steelhead habitat accessible</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Fall Chinook habitat accessible</x:t>
   </x:si>
   <x:si>
     <x:t>Barrier Type</x:t>
   </x:si>
   <x:si>
     <x:t>Complete barrier</x:t>
   </x:si>
   <x:si>
     <x:t>Partial barrier</x:t>
   </x:si>
   <x:si>
     <x:t>Track riparian rules</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -621,55 +621,55 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="79.210625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="18.450625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="40.650625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="18.580625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37.770625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="37.470625" style="0" customWidth="1"/>
-[...3 lines deleted...]
-    <x:col min="10" max="10" width="27.810625" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="43.180625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="35.430625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="36.740625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="30.240625" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="25.920625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>6</x:v>
@@ -1032,54 +1032,54 @@
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D30" s="0" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="F30" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="G30" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="0" t="s">
         <x:v>56</x:v>