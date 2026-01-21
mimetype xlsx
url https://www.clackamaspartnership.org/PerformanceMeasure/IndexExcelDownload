--- v1 (2025-11-29)
+++ v2 (2026-01-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb8e2adfcaef45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5c2f348effa6460f80f73c222b3404ef.psmdcp" Id="Raff78df2f61b4eb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b06da3ff854cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d5fc808bcbe4016819e44eec656edad.psmdcp" Id="R6f0bd065f9394433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>