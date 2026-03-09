--- v2 (2026-01-21)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b06da3ff854cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2d5fc808bcbe4016819e44eec656edad.psmdcp" Id="R6f0bd065f9394433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb500923e8dd6464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09b4a0b4d9884038b45363769b1afec1.psmdcp" Id="Rf969a010f9dd46a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Performance Measures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Performance Measure</x:t>
   </x:si>
   <x:si>
     <x:t>Units</x:t>
   </x:si>
   <x:si>